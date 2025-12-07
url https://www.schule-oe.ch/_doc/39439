--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,56 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9779" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3936"/>
         <w:gridCol w:w="3252"/>
         <w:gridCol w:w="2163"/>
         <w:gridCol w:w="428"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F04D36" w:rsidRPr="005C5A84" w14:paraId="51A74E04" w14:textId="77777777" w:rsidTr="00F943E4">
         <w:trPr>
           <w:trHeight w:val="605"/>
         </w:trPr>
@@ -106,121 +112,85 @@
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="0026588D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>5/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F04D36" w:rsidRPr="005C5A84" w14:paraId="5485054A" w14:textId="77777777" w:rsidTr="00F943E4">
         <w:trPr>
           <w:trHeight w:val="262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A68C493" w14:textId="4DE47DB0" w:rsidR="00F04D36" w:rsidRPr="005C5A84" w:rsidRDefault="00F04D36" w:rsidP="00F943E4">
+          <w:p w14:paraId="1A68C493" w14:textId="7B7EF359" w:rsidR="00F04D36" w:rsidRPr="005C5A84" w:rsidRDefault="00F04D36" w:rsidP="00F943E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sitzung:</w:t>
             </w:r>
             <w:r w:rsidRPr="005C5A84">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00E56893">
+            <w:r w:rsidR="00C00C49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...35 lines deleted...]
-              <w:t>.2025</w:t>
+              <w:t>17.11.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3252" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4049FC11" w14:textId="4CF36A78" w:rsidR="00F04D36" w:rsidRPr="005C5A84" w:rsidRDefault="0026588D" w:rsidP="00F943E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -291,2701 +261,3700 @@
           </w:tcPr>
           <w:p w14:paraId="0E28D1C3" w14:textId="77777777" w:rsidR="00F04D36" w:rsidRPr="005C5A84" w:rsidRDefault="00F04D36" w:rsidP="00F943E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F04D36" w:rsidRPr="005A0565" w14:paraId="28E5D8D3" w14:textId="77777777" w:rsidTr="00F943E4">
         <w:trPr>
           <w:trHeight w:val="761"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9351" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="655AF770" w14:textId="7C57B053" w:rsidR="00F04D36" w:rsidRPr="00D42B77" w:rsidRDefault="00223296" w:rsidP="00F04D36">
+          <w:p w14:paraId="655AF770" w14:textId="7C57B053" w:rsidR="00F04D36" w:rsidRDefault="00223296" w:rsidP="00E03B00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E03B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Vorstellungsrunde und Wahl des Vorstandes / Fototermin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="491CC878" w14:textId="6D53DA0A" w:rsidR="00E03B00" w:rsidRPr="00E03B00" w:rsidRDefault="00E03B00" w:rsidP="00E03B00">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="34"/>
+                <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-              <w:t>Vorstellungsrunde und Wahl des Vorstandes / Fototermin</w:t>
+            <w:r w:rsidRPr="00E03B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alle </w:t>
+            </w:r>
+            <w:r w:rsidR="00E02125">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Delegierten haben sich nochmals </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>vorgestell</w:t>
+            </w:r>
+            <w:r w:rsidR="00E02125">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>t.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57F6051C" w14:textId="0F684EB4" w:rsidR="005A0565" w:rsidRDefault="000362AE" w:rsidP="00D42B77">
+          <w:p w14:paraId="05EC6261" w14:textId="4BD9FE3F" w:rsidR="00E03B00" w:rsidRPr="00E03B00" w:rsidRDefault="00E03B00" w:rsidP="00E03B00">
             <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="42"/>
+              </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Die neue Elternratsdelegierten stellen sich vor. </w:t>
+            <w:r w:rsidRPr="00E03B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fototermin hat stattgefunden</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4200EFF5" w14:textId="2664BAFE" w:rsidR="00554AB7" w:rsidRDefault="00554AB7" w:rsidP="00D42B77">
-[...148 lines deleted...]
-          <w:p w14:paraId="61B4CA55" w14:textId="77777777" w:rsidR="00F04D36" w:rsidRPr="005A0565" w:rsidRDefault="00F04D36" w:rsidP="00540B78">
+          <w:p w14:paraId="61B4CA55" w14:textId="77777777" w:rsidR="00F04D36" w:rsidRPr="005A0565" w:rsidRDefault="00F04D36" w:rsidP="00C00C49">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FC30D65" w14:textId="77777777" w:rsidR="00F04D36" w:rsidRPr="005A0565" w:rsidRDefault="00F04D36" w:rsidP="00F943E4">
             <w:pPr>
               <w:ind w:left="33"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F04D36" w:rsidRPr="005C5A84" w14:paraId="5D6C19EE" w14:textId="77777777" w:rsidTr="00F943E4">
         <w:trPr>
           <w:trHeight w:val="761"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9351" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0724ADD2" w14:textId="00214E67" w:rsidR="00F04D36" w:rsidRPr="00756C41" w:rsidRDefault="005C5DEA" w:rsidP="00F04D36">
+          <w:p w14:paraId="2AB0B5A2" w14:textId="2E13885C" w:rsidR="00E03B00" w:rsidRPr="00E03B00" w:rsidRDefault="00E03B00" w:rsidP="00E03B00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E03B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rückmeldung </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E03B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Räbelichtli</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E03B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Umzug</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BF90139" w14:textId="77777777" w:rsidR="00E03B00" w:rsidRDefault="00E03B00" w:rsidP="00E03B00">
+            <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:ind w:left="1080"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E967EE5" w14:textId="77777777" w:rsidR="00E03B00" w:rsidRDefault="005E3BA0" w:rsidP="00E03B00">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="34"/>
+                <w:numId w:val="39"/>
               </w:numPr>
-              <w:rPr>
-[...109 lines deleted...]
-            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Wie sind die Rückmeldungen?</w:t>
+              <w:t xml:space="preserve">Danke vom EV für die Unterstützung! </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51A7A7F5" w14:textId="775FF7DE" w:rsidR="00A92584" w:rsidRDefault="00554AB7" w:rsidP="00A92584">
+          <w:p w14:paraId="6330FB6C" w14:textId="365D432B" w:rsidR="005E3BA0" w:rsidRDefault="00E03B00" w:rsidP="00E03B00">
             <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Der Anlass kam sehr gut an. Die </w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> gute Stimmung.</w:t>
+              <w:t>Die Stimmung war angenehm</w:t>
+            </w:r>
+            <w:r w:rsidR="008B6E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, der Anlass gut besucht</w:t>
+            </w:r>
+            <w:r w:rsidR="005E3BA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E6888BF" w14:textId="77777777" w:rsidR="00554AB7" w:rsidRDefault="00554AB7" w:rsidP="00A92584">
+          <w:p w14:paraId="507BB53D" w14:textId="4D70F2A8" w:rsidR="00E03B00" w:rsidRDefault="005E3BA0" w:rsidP="00E03B00">
             <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">In gewissen </w:t>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">zwei Gruppen sammeln. </w:t>
+              <w:t xml:space="preserve">Erzählnacht: </w:t>
+            </w:r>
+            <w:r w:rsidR="008B6E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Es war ein schöner Anlass. Hier ein paar Verbesserungsvorschläge:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="279A0F7E" w14:textId="77777777" w:rsidR="00554AB7" w:rsidRDefault="00554AB7" w:rsidP="00A92584">
+          <w:p w14:paraId="0785BAE8" w14:textId="6D63BEAD" w:rsidR="00E03B00" w:rsidRDefault="00E03B00" w:rsidP="00E03B00">
             <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
+              <w:ind w:left="1156" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Das </w:t>
-[...8 lines deleted...]
-              <w:t>Grill</w:t>
+              <w:t>Kindergarten</w:t>
+            </w:r>
+            <w:r w:rsidR="008B6E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: die Geschichte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>ieren</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> hat gut funk</w:t>
+              <w:t xml:space="preserve"> war zu lange </w:t>
+            </w:r>
+            <w:r w:rsidR="008B6E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(fast 30 Min.) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>tion</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">iert. </w:t>
+              <w:t xml:space="preserve">und eher </w:t>
+            </w:r>
+            <w:r w:rsidR="008B6E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>zu</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Es gab kaum Reste. </w:t>
+              <w:t xml:space="preserve"> schwer </w:t>
+            </w:r>
+            <w:r w:rsidR="008B6E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>verstä</w:t>
+            </w:r>
+            <w:r w:rsidR="00E02125">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>nd</w:t>
+            </w:r>
+            <w:r w:rsidR="008B6E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>lich</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="080E6452" w14:textId="12836709" w:rsidR="009C2E47" w:rsidRDefault="00554AB7" w:rsidP="00A92584">
+          <w:p w14:paraId="1124E931" w14:textId="52E50E91" w:rsidR="00E03B00" w:rsidRDefault="005E3BA0" w:rsidP="00E03B00">
             <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
+              <w:ind w:left="1156" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ein nächstes Mal </w:t>
+              <w:t>1-2 Klasse</w:t>
+            </w:r>
+            <w:r w:rsidR="008B6E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008B6E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">die Geschichte </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>war zu kurz</w:t>
+            </w:r>
+            <w:r w:rsidR="008B6E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (ca. 12 Min.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09506F46" w14:textId="19C89B6F" w:rsidR="009328CE" w:rsidRDefault="009328CE" w:rsidP="00E03B00">
+            <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
+              <w:ind w:left="1156" w:hanging="425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5-6 Klasse</w:t>
+            </w:r>
+            <w:r w:rsidR="008B6E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008B6E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ie Kommunikation </w:t>
+            </w:r>
+            <w:r w:rsidR="00E02125">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>bezüglich</w:t>
+            </w:r>
+            <w:r w:rsidR="008B6E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Anmeldung und </w:t>
+            </w:r>
+            <w:r w:rsidR="00E02125">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Durchführungsort</w:t>
+            </w:r>
+            <w:r w:rsidR="008B6E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> war </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>nicht so klar</w:t>
+            </w:r>
+            <w:r w:rsidR="008B6E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Die Erzählung </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">wurde nicht </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>müssen</w:t>
+              <w:t>ganz fertig</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> die Helfer/innen erst um 9.30 Uhr anwesend sein (nicht schon um 9.15 Uhr, ausser das Zurechtmachen des Materials für die Gruppen wird von ihnen übernommen). Der Wärmeschrank für die vorgrillierten Würste hat sich sehr bewährt. Vielen Dank an alle Helfer/innen für den Einsatz!</w:t>
+              <w:t>. Die Kinder wurden direkt angefragt für die Anmeldung</w:t>
+            </w:r>
+            <w:r w:rsidR="008B6E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>. W</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ird </w:t>
+            </w:r>
+            <w:r w:rsidR="008B6E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">es </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>gewünscht, dass die Eltern die Einwilligung geben</w:t>
+            </w:r>
+            <w:r w:rsidR="008B6E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Info an die Eltern wäre hilfreich und offizieller</w:t>
+            </w:r>
+            <w:r w:rsidR="008B6E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, wird aber nicht als dringend angesehen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05400EE7" w14:textId="1A1A803C" w:rsidR="003E024F" w:rsidRPr="00A92584" w:rsidRDefault="00E56893" w:rsidP="00A92584">
+          <w:p w14:paraId="05400EE7" w14:textId="03226B44" w:rsidR="009328CE" w:rsidRPr="009328CE" w:rsidRDefault="009328CE" w:rsidP="009328CE">
             <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05886A8B" w14:textId="77777777" w:rsidR="00F04D36" w:rsidRPr="005C5A84" w:rsidRDefault="00F04D36" w:rsidP="00F943E4">
             <w:pPr>
               <w:ind w:left="33"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56893" w14:paraId="04BA30B8" w14:textId="77777777" w:rsidTr="00F943E4">
+      <w:tr w:rsidR="00E56893" w:rsidRPr="00E03B00" w14:paraId="04BA30B8" w14:textId="77777777" w:rsidTr="00F943E4">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="566"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9351" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="6B16CFD9" w14:textId="14BCB84B" w:rsidR="00E56893" w:rsidRDefault="00223296" w:rsidP="00F04D36">
+          <w:p w14:paraId="0A1E2D22" w14:textId="7F27A105" w:rsidR="00E03B00" w:rsidRPr="0032549B" w:rsidRDefault="001302CD" w:rsidP="0032549B">
             <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Aktivitäten 2025/2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C31B5F4" w14:textId="77777777" w:rsidR="00E03B00" w:rsidRDefault="00E03B00" w:rsidP="00E03B00">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18B689A6" w14:textId="6A832E1C" w:rsidR="009328CE" w:rsidRPr="0032549B" w:rsidRDefault="009328CE" w:rsidP="00513A6B">
+            <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="33"/>
+                <w:numId w:val="44"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fackelumzug</w:t>
+            </w:r>
+            <w:r w:rsidR="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, 19.12.2025</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0032549B" w:rsidRPr="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Die </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lehrer</w:t>
+            </w:r>
+            <w:r w:rsidR="008B6E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/innen</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0032549B" w:rsidRPr="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">haben </w:t>
+            </w:r>
+            <w:r w:rsidR="00E02125">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>dem</w:t>
+            </w:r>
+            <w:r w:rsidR="0032549B" w:rsidRPr="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Umzug </w:t>
+            </w:r>
+            <w:r w:rsidR="00E02125">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>zugestimmt</w:t>
+            </w:r>
+            <w:r w:rsidR="0032549B" w:rsidRPr="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E02125">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Der</w:t>
+            </w:r>
+            <w:r w:rsidR="0032549B" w:rsidRPr="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Antrag </w:t>
+            </w:r>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>an die Behörde für einen abweichenden Schulschluss</w:t>
+            </w:r>
+            <w:r w:rsidR="0032549B" w:rsidRPr="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> wurde durch Frau Solimin</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC6A82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="0032549B" w:rsidRPr="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> eingereicht</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> und von der Behörde bewilligt</w:t>
+            </w:r>
+            <w:r w:rsidR="0032549B" w:rsidRPr="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Generell findet der Umzug bei jedem Wetter statt, ausser bei Sturm. Eine mögliche Absage erfolgt am Vortag über </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Pupil</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D41934" w:rsidRPr="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tee für die Eltern wird nicht </w:t>
+            </w:r>
+            <w:r w:rsidR="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>gewünscht. Der Umzug startet um 6 Uhr mit der Mittelstufe, um 6:15 Uhr zieh</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> die Unterstufe los und um 7 Uhr die Kindergärtler. Offizieller Schulschluss ist um 10:</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+            <w:r w:rsidR="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Uhr. Die Betreuung bis 12 Uhr ist auch dieses Jahr sichergestellt. </w:t>
+            </w:r>
+            <w:r w:rsidR="001302CD" w:rsidRPr="001302CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+            <w:r w:rsidR="001302CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidR="001302CD" w:rsidRPr="001302CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>anni organisiert die Fackeln</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33129BE1" w14:textId="77777777" w:rsidR="00D41934" w:rsidRDefault="00D41934" w:rsidP="0032549B">
+            <w:pPr>
+              <w:ind w:left="776" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7048AC51" w14:textId="641DF955" w:rsidR="00AE3FA6" w:rsidRDefault="00D41934" w:rsidP="00B650C9">
+            <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:ind w:left="776" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bewegungssonntag</w:t>
+            </w:r>
+            <w:r w:rsidR="0032549B" w:rsidRPr="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="0032549B" w:rsidRPr="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.01.2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0032549B" w:rsidRPr="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Am </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">24.01. </w:t>
+            </w:r>
+            <w:r w:rsidR="0032549B" w:rsidRPr="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>nachmittags um 14 Uhr findet der Aufbau statt. Am Sonntag, 25.01. treffen sich die Helfer um 9</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.15</w:t>
+            </w:r>
+            <w:r w:rsidR="0032549B" w:rsidRPr="0032549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Uhr. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46012C69" w14:textId="71E90AD4" w:rsidR="00D41934" w:rsidRPr="00AE3FA6" w:rsidRDefault="00AE3FA6" w:rsidP="00AE3FA6">
+            <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="45"/>
+              </w:numPr>
+              <w:ind w:left="1201" w:hanging="425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Helfer: Ruben, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00D41934" w:rsidRPr="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Mirsade</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00877EAF" w:rsidRPr="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Jakub</w:t>
+            </w:r>
+            <w:r w:rsidR="00877EAF" w:rsidRPr="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00877EAF" w:rsidRPr="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ganni</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00877EAF" w:rsidRPr="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Annarita</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40A2E59A" w14:textId="0DE4F52E" w:rsidR="00D41934" w:rsidRPr="00AE3FA6" w:rsidRDefault="00D41934" w:rsidP="00AE3FA6">
+            <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="45"/>
+              </w:numPr>
+              <w:ind w:left="1201" w:hanging="425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Schoggi-Brötli: Melanie</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE3FA6" w:rsidRPr="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Gerber</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08CC00EF" w14:textId="18686CC2" w:rsidR="00D41934" w:rsidRDefault="00D41934" w:rsidP="00AE3FA6">
+            <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="45"/>
+              </w:numPr>
+              <w:ind w:left="1201" w:hanging="425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Getränk</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE3FA6" w:rsidRPr="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>le</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>dar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="13B364AB" w14:textId="643CCF91" w:rsidR="00AE3FA6" w:rsidRDefault="00AE3FA6" w:rsidP="00AE3FA6">
+            <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="45"/>
+              </w:numPr>
+              <w:ind w:left="1201" w:hanging="425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Reservierung der Turnhalle: Frau Solimin</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC6A82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FCF491E" w14:textId="0360134A" w:rsidR="00AE3FA6" w:rsidRPr="00AE3FA6" w:rsidRDefault="00AE3FA6" w:rsidP="00AE3FA6">
+            <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="45"/>
+              </w:numPr>
+              <w:ind w:left="1201" w:hanging="425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Unterstützung GSH</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: Falls nötig; G</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>anni</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22DD91EC" w14:textId="4117CF29" w:rsidR="00AE3FA6" w:rsidRPr="00EC6A82" w:rsidRDefault="00AE3FA6" w:rsidP="00EC6A82">
+            <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="45"/>
+              </w:numPr>
+              <w:ind w:left="1201" w:hanging="425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC6A82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Input für Gianni: Schraubzwingen mitnehmen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49D91E7F" w14:textId="2933BE49" w:rsidR="00AE3FA6" w:rsidRDefault="00AE3FA6" w:rsidP="0032549B">
+            <w:pPr>
+              <w:ind w:left="776" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C8919B0" w14:textId="77777777" w:rsidR="00877EAF" w:rsidRDefault="00877EAF" w:rsidP="0032549B">
+            <w:pPr>
+              <w:ind w:left="776" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21A5F65F" w14:textId="77777777" w:rsidR="000C187F" w:rsidRDefault="000C187F" w:rsidP="0032549B">
+            <w:pPr>
+              <w:ind w:left="776" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7483597A" w14:textId="77777777" w:rsidR="000C187F" w:rsidRDefault="000C187F" w:rsidP="0032549B">
+            <w:pPr>
+              <w:ind w:left="776" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D936E9C" w14:textId="1ECA34F5" w:rsidR="001302CD" w:rsidRDefault="00877EAF" w:rsidP="000C187F">
+            <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:ind w:left="776" w:hanging="426"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Ideen aus anderen Jahren, Möglichkeiten</w:t>
+              <w:t>Fasnacht</w:t>
+            </w:r>
+            <w:r w:rsidR="001302CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, 06.02.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pamela </w:t>
+            </w:r>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">N. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">hat an der </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sitzung de</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMW </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>GSH</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">teilgenommen. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57CDDBB5" w14:textId="77777777" w:rsidR="00E56893" w:rsidRDefault="00223296" w:rsidP="00E56893">
+          <w:p w14:paraId="22500407" w14:textId="78EC5A11" w:rsidR="001302CD" w:rsidRDefault="001302CD" w:rsidP="000C187F">
+            <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:ind w:left="1059" w:hanging="425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001302CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Idee kam </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001302CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>bei den Lehrer</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/inne</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001302CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n gut an. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50750F93" w14:textId="4E3FB2BB" w:rsidR="001302CD" w:rsidRDefault="00AE3FA6" w:rsidP="001302CD">
+            <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:ind w:left="1059" w:hanging="425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Das </w:t>
+            </w:r>
+            <w:r w:rsidR="00877EAF" w:rsidRPr="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>GSH</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00877EAF" w:rsidRPr="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> übernimmt die Org. für die Fasnacht. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="320606E8" w14:textId="4CDB1600" w:rsidR="001302CD" w:rsidRDefault="00AE3FA6" w:rsidP="001302CD">
+            <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:ind w:left="1059" w:hanging="425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Der </w:t>
+            </w:r>
+            <w:r w:rsidR="00877EAF" w:rsidRPr="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anlass findet nur für </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>die Kindergärt</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>l</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">er </w:t>
+            </w:r>
+            <w:r w:rsidR="00877EAF" w:rsidRPr="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">und </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">die </w:t>
+            </w:r>
+            <w:r w:rsidR="00877EAF" w:rsidRPr="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Unterstufe statt.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34DE7DC1" w14:textId="17AA3CD4" w:rsidR="001302CD" w:rsidRDefault="001302CD" w:rsidP="001302CD">
+            <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:ind w:left="1059" w:hanging="425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aufgrund der Anzahl Kinder und Helfer findet die Disco </w:t>
+            </w:r>
+            <w:r w:rsidR="000C187F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>im grossen Saal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> im Zentrum statt.</w:t>
+            </w:r>
+            <w:r w:rsidR="00877EAF" w:rsidRPr="00AE3FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Vom RG werden nur die Unterstufenklassen an der Disco teilnehmen.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7138E787" w14:textId="1E484234" w:rsidR="001302CD" w:rsidRDefault="001302CD" w:rsidP="001302CD">
+            <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:ind w:left="1059" w:hanging="425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Aus Sicherheitsgründen wird der Umzug pro Schul</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>anlage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> geplant</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1709DA70" w14:textId="77777777" w:rsidR="001302CD" w:rsidRDefault="001302CD" w:rsidP="001302CD">
+            <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:ind w:left="1059" w:hanging="425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001302CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nach dem Umzug treffen sich alle Kinder auf dem Dorf</w:t>
+            </w:r>
+            <w:r w:rsidR="00877EAF" w:rsidRPr="001302CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>platz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70F37610" w14:textId="77777777" w:rsidR="001302CD" w:rsidRDefault="001302CD" w:rsidP="001302CD">
+            <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:ind w:left="1059" w:hanging="425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001302CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Für den Umzug braucht es 5-6 Eltern</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: Gianni, Pamela, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Annarita</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> und </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nefida</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B0A9A8E" w14:textId="2F009DF4" w:rsidR="001302CD" w:rsidRPr="001302CD" w:rsidRDefault="001302CD" w:rsidP="001302CD">
+            <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:ind w:left="1059" w:hanging="425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001302CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Route für RG muss noch festgelegt werden</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CB19D55" w14:textId="74F78C4A" w:rsidR="00223296" w:rsidRPr="002F2735" w:rsidRDefault="00223296" w:rsidP="00E56893">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...30 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="64ED754E" w14:textId="77777777" w:rsidR="00E56893" w:rsidRDefault="00E56893" w:rsidP="00F943E4">
+          <w:p w14:paraId="64ED754E" w14:textId="77777777" w:rsidR="00E56893" w:rsidRPr="002F2735" w:rsidRDefault="00E56893" w:rsidP="00F943E4">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B84C98" w14:paraId="02F78514" w14:textId="77777777" w:rsidTr="00F943E4">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="566"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9351" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="0B100F87" w14:textId="0D9F8B01" w:rsidR="00B84C98" w:rsidRDefault="00223296" w:rsidP="00F04D36">
+          <w:p w14:paraId="7A72F02F" w14:textId="1BAB1719" w:rsidR="00561DA8" w:rsidRPr="00C00C49" w:rsidRDefault="00561DA8" w:rsidP="001302CD">
             <w:pPr>
-              <w:numPr>
-[...5 lines deleted...]
-                <w:b/>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="68C52BB5" w14:textId="4A8DECFD" w:rsidR="00B84C98" w:rsidRDefault="00223296" w:rsidP="00B84C98">
+          <w:p w14:paraId="2F4169A3" w14:textId="71C50260" w:rsidR="00E4284B" w:rsidRDefault="00E4284B" w:rsidP="00E4284B">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D44E7">
-[...587 lines deleted...]
-            </w:r>
           </w:p>
           <w:p w14:paraId="4704AD11" w14:textId="2D765256" w:rsidR="006F1CF1" w:rsidRPr="006F1CF1" w:rsidRDefault="006F1CF1" w:rsidP="006F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19704443" w14:textId="77777777" w:rsidR="00B84C98" w:rsidRDefault="00B84C98" w:rsidP="00F943E4">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4284B" w14:paraId="65F9B91E" w14:textId="77777777" w:rsidTr="00F943E4">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="566"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9351" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="499ECA4A" w14:textId="467F50C5" w:rsidR="00223296" w:rsidRDefault="006F1CF1" w:rsidP="00223296">
-[...261 lines deleted...]
-          </w:p>
           <w:p w14:paraId="31CACEB7" w14:textId="77777777" w:rsidR="006F1CF1" w:rsidRPr="006F1CF1" w:rsidRDefault="006F1CF1" w:rsidP="00223296">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5B037AC9" w14:textId="3193E492" w:rsidR="00223296" w:rsidRDefault="00223296" w:rsidP="00223296">
-[...24 lines deleted...]
-          <w:p w14:paraId="11B47628" w14:textId="0D7AAA45" w:rsidR="004B1057" w:rsidRDefault="004B1057" w:rsidP="004B1057">
+          <w:p w14:paraId="64CFDAA9" w14:textId="27633414" w:rsidR="00E4284B" w:rsidRPr="00E4284B" w:rsidRDefault="00E4284B" w:rsidP="00C00C49">
             <w:pPr>
               <w:ind w:left="360"/>
-              <w:rPr>
-[...233 lines deleted...]
-              <w:pStyle w:val="Listenabsatz"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15046DEC" w14:textId="77777777" w:rsidR="00E4284B" w:rsidRDefault="00E4284B" w:rsidP="00F943E4">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00204E4B" w14:paraId="2399A1B4" w14:textId="77777777" w:rsidTr="00F943E4">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="566"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9351" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="17DF5E25" w14:textId="77777777" w:rsidR="004B1057" w:rsidRDefault="004B1057" w:rsidP="00F04D36">
+          <w:p w14:paraId="17DF5E25" w14:textId="77777777" w:rsidR="004B1057" w:rsidRDefault="004B1057" w:rsidP="001302CD">
+            <w:pPr>
+              <w:ind w:left="1201" w:hanging="1134"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diverses: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="547BA803" w14:textId="3D99DE92" w:rsidR="002F2735" w:rsidRPr="001302CD" w:rsidRDefault="001302CD" w:rsidP="000C187F">
+            <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="47"/>
+              </w:numPr>
+              <w:ind w:left="918" w:hanging="426"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001302CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="002F2735" w:rsidRPr="001302CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">chwimmbad </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002F2735" w:rsidRPr="001302CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Brunnenwis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002F2735" w:rsidRPr="001302CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="002F2735" w:rsidRPr="001302CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wie oft wird das Chlor im Bad geprüft. Es gab Vorfälle mit Dellwarzen. </w:t>
+            </w:r>
+            <w:r w:rsidR="0097350C" w:rsidRPr="001302CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Frau Solimin</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="0097350C" w:rsidRPr="001302CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E02125">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>hat nachgefragt. Das Wasser wir dreimal täglich kontrolliert und der Boden wird täglich desinfiziert</w:t>
+            </w:r>
+            <w:r w:rsidR="000C187F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="0097350C" w:rsidRPr="001302CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49664417" w14:textId="1C0B07D2" w:rsidR="0097350C" w:rsidRDefault="0097350C" w:rsidP="000C187F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
+              <w:ind w:left="918" w:hanging="426"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0097350C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>SGLR:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Für die Schule ist es immer schwierig einen Verein für ein Referat einzuladen</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, da die Schule sonst von Anfragen überrannt wird</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -&gt; </w:t>
+            </w:r>
+            <w:r w:rsidR="000C187F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ein Vereinsreferat würde den Rahmen sprengen </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C705843" w14:textId="6712BCD3" w:rsidR="00026892" w:rsidRDefault="00026892" w:rsidP="000C187F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:ind w:left="918" w:hanging="426"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="000C187F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diverses: </w:t>
+              <w:t>Schülergarten:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C187F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gab es </w:t>
+            </w:r>
+            <w:r w:rsidR="004C538D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">im RG </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C187F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>bereits vor 10 Jahren</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>. Es wurde aufgrund des Aufwandes wieder beendet. Im GSHL gibt es noch Beete für Schülergärten. Dort ist</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C187F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C187F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>eine der grossen Herausforderung</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+            <w:r w:rsidR="000C187F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> die Plünderungen </w:t>
+            </w:r>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">der Beete durch Externe </w:t>
+            </w:r>
+            <w:r w:rsidR="000C187F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ausserhalb der Schulzeiten.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59EFE5BD" w14:textId="4DD139C0" w:rsidR="00204E4B" w:rsidRDefault="004B1057" w:rsidP="004B1057">
+          <w:p w14:paraId="0CADC2B7" w14:textId="1B51271F" w:rsidR="001302CD" w:rsidRPr="000C187F" w:rsidRDefault="001302CD" w:rsidP="000C187F">
             <w:pPr>
-              <w:ind w:left="360"/>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="47"/>
+              </w:numPr>
+              <w:ind w:left="918" w:hanging="426"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1057">
-[...149 lines deleted...]
-              <w:t xml:space="preserve">erst später ermöglichen wollen. Frau Solimine teilt mit, dass nicht die Erwartung besteht, dass der Zugang genutzt werden muss. Es ist eine Möglichkeit. </w:t>
+            <w:r w:rsidRPr="000C187F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>FSB (Fachstelle für Schulbeurteilung),</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C187F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Interview 23.02.26 / 16 Uhr:</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Es wird eine Delegation der Elternräte dazu eingeladen.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1ED3B965" w14:textId="5ED985D3" w:rsidR="004B1057" w:rsidRPr="004B1057" w:rsidRDefault="004B1057" w:rsidP="004B1057">
+          <w:p w14:paraId="46E65092" w14:textId="13568DEE" w:rsidR="001302CD" w:rsidRPr="000C187F" w:rsidRDefault="001302CD" w:rsidP="000C187F">
+            <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="47"/>
+              </w:numPr>
+              <w:ind w:left="918" w:hanging="437"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C187F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Schulfest:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C187F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ende Schuljahr findet ein Fest mit allen Klassen des RG statt.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ED3B965" w14:textId="5ED985D3" w:rsidR="004B1057" w:rsidRPr="004B1057" w:rsidRDefault="004B1057" w:rsidP="00C00C49">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B7C1E0D" w14:textId="77777777" w:rsidR="00204E4B" w:rsidRDefault="00204E4B" w:rsidP="00F943E4">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F04D36" w14:paraId="6F07C318" w14:textId="77777777" w:rsidTr="00F943E4">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="566"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9351" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="172BAB96" w14:textId="77777777" w:rsidR="00F04D36" w:rsidRPr="00671BA2" w:rsidRDefault="00F04D36" w:rsidP="00F04D36">
+          <w:p w14:paraId="172BAB96" w14:textId="77777777" w:rsidR="00F04D36" w:rsidRPr="00671BA2" w:rsidRDefault="00F04D36" w:rsidP="00EC6A82">
             <w:pPr>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
+              <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00671BA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Nächste Sitzung</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E43D1F0" w14:textId="77777777" w:rsidR="00B84C98" w:rsidRDefault="00B84C98" w:rsidP="00F943E4">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7E409679" w14:textId="19C044C0" w:rsidR="00044CAB" w:rsidRDefault="00F04D36" w:rsidP="00F943E4">
+          <w:p w14:paraId="7E409679" w14:textId="0D12F74E" w:rsidR="00044CAB" w:rsidRDefault="00F04D36" w:rsidP="00F943E4">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00671BA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Der </w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">neue </w:t>
+            <w:r w:rsidR="00A26CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Elternrat</w:t>
             </w:r>
             <w:r w:rsidRPr="00671BA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Elternrat trifft sich am </w:t>
-[...107 lines deleted...]
-              <w:t>Uhr.</w:t>
+              <w:t xml:space="preserve"> trifft sich am</w:t>
+            </w:r>
+            <w:r w:rsidR="00026892">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00026892" w:rsidRPr="004C538D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>12.01.26</w:t>
+            </w:r>
+            <w:r w:rsidR="00A26CE5" w:rsidRPr="004C538D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> um 19:00 Uhr</w:t>
+            </w:r>
+            <w:r w:rsidR="004C538D" w:rsidRPr="004C538D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> oder 18.45 Uhr</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33CDB0A7" w14:textId="13E85F88" w:rsidR="00F04D36" w:rsidRPr="00D25A22" w:rsidRDefault="00F04D36" w:rsidP="00B84C98">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74FED394" w14:textId="77777777" w:rsidR="00F04D36" w:rsidRDefault="00F04D36" w:rsidP="00F943E4">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="17D46EBA" w14:textId="6EA161C6" w:rsidR="00F04D36" w:rsidRPr="00AE58D0" w:rsidRDefault="00B84C98" w:rsidP="00F04D36">
-      <w:pPr>
+    <w:p w14:paraId="2AA81AFA" w14:textId="6DE6A512" w:rsidR="00F53DC9" w:rsidRPr="00A506FF" w:rsidRDefault="00AE3FA6" w:rsidP="00A506FF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Monica Reale</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AA81AFA" w14:textId="77777777" w:rsidR="00F53DC9" w:rsidRPr="00A506FF" w:rsidRDefault="00F53DC9" w:rsidP="00A506FF"/>
     <w:sectPr w:rsidR="00F53DC9" w:rsidRPr="00A506FF" w:rsidSect="00536F5F">
-      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1134" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5DC65FFA" w14:textId="77777777" w:rsidR="008E33F5" w:rsidRDefault="008E33F5">
+    <w:p w14:paraId="417CFC6D" w14:textId="77777777" w:rsidR="005C2696" w:rsidRDefault="005C2696">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="69FFEE43" w14:textId="77777777" w:rsidR="008E33F5" w:rsidRDefault="008E33F5">
+    <w:p w14:paraId="7CBA820F" w14:textId="77777777" w:rsidR="005C2696" w:rsidRDefault="005C2696">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
-    <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
+    <w:panose1 w:val="05020102010804080708"/>
+    <w:charset w:val="00"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="00000500000000020000"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="69E4E1C4" w14:textId="77777777" w:rsidR="00913247" w:rsidRDefault="00913247" w:rsidP="00967F6D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="69E4E1C4" w14:textId="0B42B805" w:rsidR="00913247" w:rsidRDefault="00C00C49" w:rsidP="00967F6D">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
+        <w:noProof/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="199A3E08" wp14:editId="096BD384">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="311150" cy="345440"/>
+              <wp:effectExtent l="0" t="0" r="12700" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1619668858" name="Textfeld 2" descr="Public">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="311150" cy="345440"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="2C10D82D" w14:textId="1D420B9E" w:rsidR="00C00C49" w:rsidRPr="00C00C49" w:rsidRDefault="00C00C49" w:rsidP="00C00C49">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C00C49">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>Public</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="199A3E08" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textfeld 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="Public" style="position:absolute;margin-left:0;margin-top:0;width:24.5pt;height:27.2pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDoDqJUCgIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2y3ybAZcYqsRYYB&#10;QVsgHXqWZSk2IImCpMTOfv0oxU62bqdhF5kmKX6897S8G7QiR+F8B6aixSynRBgOTWf2Ff3+svnw&#10;iRIfmGmYAiMqehKe3q3ev1v2thQ30IJqhCNYxPiytxVtQ7BllnneCs38DKwwGJTgNAv46/ZZ41iP&#10;1bXKbvL8Y9aDa6wDLrxH78M5SFepvpSChycpvQhEVRRnC+l06azjma2WrNw7ZtuOj2Owf5hCs85g&#10;00upBxYYObjuj1K64w48yDDjoDOQsuMi7YDbFPmbbXYtsyLtguB4e4HJ/7+y/PG4s8+OhOELDEhg&#10;BKS3vvTojPsM0un4xUkJxhHC0wU2MQTC0XlbFMUCIxxDt/PFfJ5gza6XrfPhqwBNolFRh6wksNhx&#10;6wM2xNQpJfYysOmUSswo85sDE6Mnu04YrTDUwzh2Dc0Jt3FwJtpbvumw55b58MwcMotjolrDEx5S&#10;QV9RGC1KWnA//uaP+Qg4RinpUSkVNShlStQ3g0REUU2Gm4w6GcXnfJFj3Bz0PaD+CnwKlicTvS6o&#10;yZQO9CvqeB0bYYgZju0qWk/mfThLFt8BF+t1SkL9WBa2Zmd5LB1xiiC+DK/M2RHpgBQ9wiQjVr4B&#10;/Jwbb3q7PgSEPbERMT0DOUKN2kskje8kivvX/5R1fc2rnwAAAP//AwBQSwMEFAAGAAgAAAAhAMWG&#10;tGjZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sZSsIStMJTeI0hLSN&#10;C7cs8dpC41SNu3Vvj+ECF0u/fuvz53I5hU4dcUhtJAO3swwUkou+pdrA++7l5gFUYkvedpHQwBkT&#10;LKvLi9IWPp5og8ct10oglAproGHuC62TazDYNIs9knSHOATLEoda+8GeBB46Pc+yex1sS3KhsT2u&#10;GnRf2zEYuNvw6/hGu8XHND9/rvuVWxzWzpjrq+n5CRTjxH/L8KMv6lCJ0z6O5JPqDMgj/Dulyx8l&#10;7YWb56CrUv93r74BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6A6iVAoCAAAVBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAxYa0aNkAAAADAQAA&#10;DwAAAAAAAAAAAAAAAABkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="2C10D82D" w14:textId="1D420B9E" w:rsidR="00C00C49" w:rsidRPr="00C00C49" w:rsidRDefault="00C00C49" w:rsidP="00C00C49">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C00C49">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>Public</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00913247">
+      <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00913247">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00913247">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="0CB61764" w14:textId="77777777" w:rsidR="00913247" w:rsidRDefault="00913247" w:rsidP="00F77E2A">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-1646428948"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w14:paraId="1DC0953E" w14:textId="69910894" w:rsidR="00863A82" w:rsidRDefault="00863A82">
+        <w:pPr>
+          <w:pStyle w:val="Fuzeile"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:lang w:val="de-DE"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="387460F1" w14:textId="488126F6" w:rsidR="00C00C49" w:rsidRDefault="00C00C49">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="58C57E96" w14:textId="73B57AFC" w:rsidR="00C00C49" w:rsidRDefault="00C00C49">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="143BF8FB" wp14:editId="15F16BDB">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="311150" cy="345440"/>
+              <wp:effectExtent l="0" t="0" r="12700" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1578182476" name="Textfeld 1" descr="Public">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="311150" cy="345440"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="1565C462" w14:textId="7C2B92F4" w:rsidR="00C00C49" w:rsidRPr="00C00C49" w:rsidRDefault="00C00C49" w:rsidP="00C00C49">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C00C49">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>Public</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="143BF8FB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textfeld 1" o:spid="_x0000_s1027" type="#_x0000_t202" alt="Public" style="position:absolute;margin-left:0;margin-top:0;width:24.5pt;height:27.2pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAbhkBiDgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2ynybAZcYqsRYYB&#10;RVsgHXpWZCk2IIsCpcTOfv0oJU62bqdhF5kmKX6897S4HTrDDgp9C7bixSTnTFkJdWt3Ff/+sv7w&#10;iTMfhK2FAasqflSe3y7fv1v0rlRTaMDUChkVsb7sXcWbEFyZZV42qhN+Ak5ZCmrATgT6xV1Wo+ip&#10;emeyaZ5/zHrA2iFI5T15709Bvkz1tVYyPGntVWCm4jRbSCemcxvPbLkQ5Q6Fa1p5HkP8wxSdaC01&#10;vZS6F0GwPbZ/lOpaieBBh4mELgOtW6nSDrRNkb/ZZtMIp9IuBI53F5j8/ysrHw8b94wsDF9gIAIj&#10;IL3zpSdn3GfQ2MUvTcooThAeL7CpITBJzpuiKOYUkRS6mc1nswRrdr3s0IevCjoWjYojsZLAEocH&#10;H6ghpY4psZeFdWtMYsbY3xyUGD3ZdcJohWE7sLau+HScfgv1kZZCOPHtnVy31PpB+PAskAimaUm0&#10;4YkObaCvOJwtzhrAH3/zx3zCnaKc9SSYiltSNGfmmyU+orZGA0djm4zicz7PKW733R2QDAt6EU4m&#10;k7wYzGhqhO6V5LyKjSgkrKR2Fd+O5l04KZeeg1SrVUoiGTkRHuzGyVg6whWxfBleBboz4IGYeoRR&#10;TaJ8g/spN970brUPhH4iJUJ7AvKMOEkwcXV+LlHjv/6nrOujXv4EAAD//wMAUEsDBBQABgAIAAAA&#10;IQDFhrRo2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLGUrCErTCU3i&#10;NIS0jQu3LPHaQuNUjbt1b4/hAhdLv37r8+dyOYVOHXFIbSQDt7MMFJKLvqXawPvu5eYBVGJL3naR&#10;0MAZEyyry4vSFj6eaIPHLddKIJQKa6Bh7gutk2sw2DSLPZJ0hzgEyxKHWvvBngQeOj3PsnsdbEty&#10;obE9rhp0X9sxGLjb8Ov4RrvFxzQ/f677lVsc1s6Y66vp+QkU48R/y/CjL+pQidM+juST6gzII/w7&#10;pcsfJe2Fm+egq1L/d6++AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABuGQGIOAgAAHAQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMWGtGjZAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAAaAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="1565C462" w14:textId="7C2B92F4" w:rsidR="00C00C49" w:rsidRPr="00C00C49" w:rsidRDefault="00C00C49" w:rsidP="00C00C49">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C00C49">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>Public</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0976DC3C" w14:textId="77777777" w:rsidR="008E33F5" w:rsidRDefault="008E33F5">
+    <w:p w14:paraId="6FEC10A6" w14:textId="77777777" w:rsidR="005C2696" w:rsidRDefault="005C2696">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7C370106" w14:textId="77777777" w:rsidR="008E33F5" w:rsidRDefault="008E33F5">
+    <w:p w14:paraId="2AC4D105" w14:textId="77777777" w:rsidR="005C2696" w:rsidRDefault="005C2696">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="365F0DD9" w14:textId="77777777" w:rsidR="0046252D" w:rsidRDefault="0046252D">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4579E28C" w14:textId="77777777" w:rsidR="0046252D" w:rsidRDefault="0046252D">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2128A9B4" w14:textId="77777777" w:rsidR="0046252D" w:rsidRDefault="0046252D">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="32241EC4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="69428EC6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -3137,50 +4106,163 @@
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C9043960"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Aufzhlungszeichen"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="340"/>
         </w:tabs>
         <w:ind w:left="340" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="014D1146"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="09DA41D6"/>
+    <w:lvl w:ilvl="0" w:tplc="08070003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1921" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2641" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3361" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4081" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4801" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5521" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6241" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6961" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7681" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0572295F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7C88F54E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="794"/>
         </w:tabs>
         <w:ind w:left="794" w:hanging="454"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -3296,51 +4378,141 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="06743449"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="13ECC528"/>
+    <w:lvl w:ilvl="0" w:tplc="08070001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06A21E84"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAACD2C6"/>
     <w:lvl w:ilvl="0" w:tplc="08070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3409,51 +4581,51 @@
     <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07865A14"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B0426182"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="1418" w:hanging="1106"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -3569,51 +4741,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AAA4E58"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="26D03BAE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="1134" w:hanging="822"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -3729,51 +4901,164 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0CF65851"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C102209A"/>
+    <w:lvl w:ilvl="0" w:tplc="08070003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D9B2129"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4462F416"/>
     <w:lvl w:ilvl="0" w:tplc="0298C398">
       <w:start w:val="18"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Times New Roman" w:hAnsi="Wingdings" w:cs="Times New Roman" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
@@ -3844,51 +5129,164 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="128538A8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="72386EA4"/>
+    <w:lvl w:ilvl="0" w:tplc="08070003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1496" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2216" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2936" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3656" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4376" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5096" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5816" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6536" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7256" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16405933"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="871A9720"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="794"/>
         </w:tabs>
         <w:ind w:left="794" w:hanging="454"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -4004,51 +5402,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D695BD9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="597C8294"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4117,51 +5515,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E9A05A7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="871A9720"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="794"/>
         </w:tabs>
         <w:ind w:left="794" w:hanging="454"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -4277,51 +5675,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="337F503B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0EAC3460"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="907"/>
         </w:tabs>
         <w:ind w:left="907" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -4437,51 +5835,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34891EFE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F604AA74"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -4606,51 +6004,51 @@
           <w:tab w:val="num" w:pos="1100"/>
         </w:tabs>
         <w:ind w:left="1100" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1244"/>
         </w:tabs>
         <w:ind w:left="1244" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A0041F0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0807001D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
@@ -4719,51 +6117,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D3E2A1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E474F5EC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="680"/>
         </w:tabs>
         <w:ind w:left="680" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -4879,51 +6277,164 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="455511B4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C96A8DC4"/>
+    <w:lvl w:ilvl="0" w:tplc="08070001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48D711E6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9B021210"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="255"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -5039,51 +6550,277 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E5D0DCA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3BDEFF52"/>
+    <w:lvl w:ilvl="0" w:tplc="08070001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E7C37DE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="027A681E"/>
+    <w:lvl w:ilvl="0" w:tplc="08070003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="852" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1572" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2292" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3012" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3732" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4452" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5172" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5892" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6612" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="533B40F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EC2E2CB6"/>
     <w:lvl w:ilvl="0" w:tplc="CA54A63C">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FCB2FF74" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5179,51 +6916,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="95043D06" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56B4760A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4CB066D6"/>
     <w:lvl w:ilvl="0" w:tplc="7D70C384">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="4E462DF8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5319,51 +7056,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="68888D1A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="583A796A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="549C78CC"/>
     <w:lvl w:ilvl="0" w:tplc="08070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5432,51 +7169,51 @@
     <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5AE376A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3EC443A4"/>
     <w:lvl w:ilvl="0" w:tplc="08070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5545,51 +7282,51 @@
     <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60100F9A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3DACDD6"/>
     <w:lvl w:ilvl="0" w:tplc="D512C898">
       <w:start w:val="18"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5658,51 +7395,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="601E2381"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DA64E52E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="142"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -5818,51 +7555,164 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60781AD6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F388546A"/>
+    <w:lvl w:ilvl="0" w:tplc="08070003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63340756"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE98C9DE"/>
     <w:lvl w:ilvl="0" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5908,51 +7758,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0807001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63B14EE2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9EBE74E6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="907"/>
         </w:tabs>
         <w:ind w:left="907" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -6068,51 +7918,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64FE2AC2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0807001D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
@@ -6181,51 +8031,164 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="663B42B1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="448E699C"/>
+    <w:lvl w:ilvl="0" w:tplc="08070003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67AE4932"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AE628DB0"/>
     <w:lvl w:ilvl="0" w:tplc="08070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6294,51 +8257,163 @@
     <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B044B70"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="678CFF16"/>
+    <w:lvl w:ilvl="0" w:tplc="B6BCB9D8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D1A4D82"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="644C50C6"/>
     <w:lvl w:ilvl="0" w:tplc="1292E50C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8524297C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6434,51 +8509,165 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="341A3B30" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73E90CDE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BD5E411E"/>
+    <w:lvl w:ilvl="0" w:tplc="04070003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1212" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1932" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2652" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3372" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4092" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4812" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5532" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6252" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6972" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74CA3F52"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9FB8E21C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="142"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -6625,646 +8814,712 @@
   <w:num w:numId="3" w16cid:durableId="880627912">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1507401075">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="809399005">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2146392955">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="202328106">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1550259291">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1662929145">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2022009009">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1725712621">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="476648676">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1117021542">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1945845173">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="42414267">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="839470174">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1037004981">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="966811562">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="335309895">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1366951323">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1953393061">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="476648676">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="22" w16cid:durableId="935940485">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1117021542">
-    <w:abstractNumId w:val="34"/>
+  <w:num w:numId="23" w16cid:durableId="1110780651">
+    <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1945845173">
-[...8 lines deleted...]
-  <w:num w:numId="17" w16cid:durableId="1037004981">
+  <w:num w:numId="24" w16cid:durableId="103812411">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="966811562">
-[...14 lines deleted...]
-  <w:num w:numId="23" w16cid:durableId="1110780651">
+  <w:num w:numId="25" w16cid:durableId="1911117872">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="103812411">
-[...2 lines deleted...]
-  <w:num w:numId="25" w16cid:durableId="1911117872">
+  <w:num w:numId="26" w16cid:durableId="2042128798">
     <w:abstractNumId w:val="23"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="699623922">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1899784911">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="920144884">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1797681408">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="289870160">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="742527526">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="397170765">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="716781692">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="1308242045">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="2037461608">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="440421022">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1565024000">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1899784911">
-    <w:abstractNumId w:val="25"/>
+  <w:num w:numId="39" w16cid:durableId="1046567190">
+    <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="920144884">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="40" w16cid:durableId="251210507">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="1797681408">
-    <w:abstractNumId w:val="32"/>
+  <w:num w:numId="41" w16cid:durableId="1935169987">
+    <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="289870160">
-    <w:abstractNumId w:val="24"/>
+  <w:num w:numId="42" w16cid:durableId="1396246872">
+    <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="742527526">
-    <w:abstractNumId w:val="33"/>
+  <w:num w:numId="43" w16cid:durableId="759956416">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="397170765">
+  <w:num w:numId="44" w16cid:durableId="1067873092">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="716781692">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="45" w16cid:durableId="892232644">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="1308242045">
-    <w:abstractNumId w:val="27"/>
+  <w:num w:numId="46" w16cid:durableId="669716983">
+    <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="2037461608">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="47" w16cid:durableId="906452407">
+    <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="180"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="680"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="187"/>
   <w:drawingGridVerticalSpacing w:val="127"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F04D36"/>
+    <w:rsid w:val="00026892"/>
     <w:rsid w:val="00033520"/>
     <w:rsid w:val="00035224"/>
     <w:rsid w:val="000362AE"/>
     <w:rsid w:val="00036ED9"/>
     <w:rsid w:val="000423CE"/>
     <w:rsid w:val="00044580"/>
     <w:rsid w:val="00044CAB"/>
     <w:rsid w:val="00055419"/>
     <w:rsid w:val="00056D1D"/>
+    <w:rsid w:val="0005756F"/>
     <w:rsid w:val="00067C4B"/>
     <w:rsid w:val="00072CA0"/>
     <w:rsid w:val="00077963"/>
     <w:rsid w:val="000919EF"/>
     <w:rsid w:val="000926F0"/>
     <w:rsid w:val="000A05FA"/>
+    <w:rsid w:val="000A3F5D"/>
     <w:rsid w:val="000A4063"/>
     <w:rsid w:val="000A5659"/>
     <w:rsid w:val="000B54F6"/>
     <w:rsid w:val="000B663A"/>
+    <w:rsid w:val="000C187F"/>
     <w:rsid w:val="000C2282"/>
     <w:rsid w:val="000D1776"/>
     <w:rsid w:val="000D4DB7"/>
     <w:rsid w:val="000D6C9B"/>
     <w:rsid w:val="000E0711"/>
     <w:rsid w:val="000E1ECB"/>
     <w:rsid w:val="000E3A9D"/>
     <w:rsid w:val="000E7DB2"/>
     <w:rsid w:val="000F2740"/>
     <w:rsid w:val="000F30B4"/>
     <w:rsid w:val="000F3F71"/>
     <w:rsid w:val="000F6DDA"/>
     <w:rsid w:val="001002F4"/>
     <w:rsid w:val="00106D63"/>
     <w:rsid w:val="00110FA8"/>
     <w:rsid w:val="00121BFE"/>
     <w:rsid w:val="001266CE"/>
+    <w:rsid w:val="001302CD"/>
     <w:rsid w:val="00150FC9"/>
     <w:rsid w:val="001512B3"/>
     <w:rsid w:val="00155093"/>
     <w:rsid w:val="00162B51"/>
     <w:rsid w:val="00181170"/>
     <w:rsid w:val="00181EAB"/>
     <w:rsid w:val="0018444F"/>
     <w:rsid w:val="00195FDD"/>
     <w:rsid w:val="001B61E1"/>
     <w:rsid w:val="001B70D5"/>
     <w:rsid w:val="001C0611"/>
     <w:rsid w:val="001D0800"/>
     <w:rsid w:val="001D2130"/>
     <w:rsid w:val="001F6718"/>
     <w:rsid w:val="00204E4B"/>
     <w:rsid w:val="00210D27"/>
     <w:rsid w:val="002143A9"/>
     <w:rsid w:val="00223296"/>
     <w:rsid w:val="0024574F"/>
     <w:rsid w:val="00257A1A"/>
     <w:rsid w:val="00264D8D"/>
     <w:rsid w:val="0026588D"/>
+    <w:rsid w:val="00271B64"/>
     <w:rsid w:val="00274195"/>
     <w:rsid w:val="002755A6"/>
     <w:rsid w:val="00276C75"/>
     <w:rsid w:val="00277DBB"/>
     <w:rsid w:val="002803CD"/>
     <w:rsid w:val="00281151"/>
     <w:rsid w:val="00283734"/>
     <w:rsid w:val="002C1D5E"/>
     <w:rsid w:val="002C2A06"/>
     <w:rsid w:val="002C3BB2"/>
     <w:rsid w:val="002D44E7"/>
     <w:rsid w:val="002D4F24"/>
     <w:rsid w:val="002E0582"/>
     <w:rsid w:val="002E16B6"/>
+    <w:rsid w:val="002F2735"/>
     <w:rsid w:val="002F2B73"/>
     <w:rsid w:val="0031205E"/>
     <w:rsid w:val="00316FA9"/>
+    <w:rsid w:val="0032549B"/>
     <w:rsid w:val="00337923"/>
     <w:rsid w:val="00344646"/>
     <w:rsid w:val="003467ED"/>
     <w:rsid w:val="003601F0"/>
     <w:rsid w:val="0037108A"/>
     <w:rsid w:val="00383B95"/>
     <w:rsid w:val="003A0A81"/>
-    <w:rsid w:val="003B1A87"/>
     <w:rsid w:val="003B2D42"/>
     <w:rsid w:val="003B41B7"/>
     <w:rsid w:val="003D3360"/>
     <w:rsid w:val="003E024F"/>
     <w:rsid w:val="003E1BB0"/>
     <w:rsid w:val="003F318A"/>
     <w:rsid w:val="003F622F"/>
     <w:rsid w:val="0041491E"/>
     <w:rsid w:val="0041653E"/>
     <w:rsid w:val="004205C9"/>
     <w:rsid w:val="00423C0C"/>
     <w:rsid w:val="00425A05"/>
     <w:rsid w:val="00426CEA"/>
     <w:rsid w:val="00435BF6"/>
     <w:rsid w:val="00436160"/>
     <w:rsid w:val="00443DDF"/>
+    <w:rsid w:val="0046252D"/>
     <w:rsid w:val="004712B5"/>
     <w:rsid w:val="004747CA"/>
     <w:rsid w:val="004907A3"/>
     <w:rsid w:val="004915EC"/>
     <w:rsid w:val="00492643"/>
     <w:rsid w:val="00492DD1"/>
     <w:rsid w:val="004A22AA"/>
     <w:rsid w:val="004A7A55"/>
     <w:rsid w:val="004B1057"/>
     <w:rsid w:val="004B43C7"/>
     <w:rsid w:val="004B632C"/>
     <w:rsid w:val="004C499F"/>
+    <w:rsid w:val="004C538D"/>
     <w:rsid w:val="004C68A5"/>
     <w:rsid w:val="004D3F57"/>
     <w:rsid w:val="004D482E"/>
     <w:rsid w:val="004E19BC"/>
     <w:rsid w:val="00500C96"/>
     <w:rsid w:val="00516BB7"/>
     <w:rsid w:val="0053065D"/>
     <w:rsid w:val="00531917"/>
     <w:rsid w:val="005363CA"/>
     <w:rsid w:val="00536F5F"/>
     <w:rsid w:val="00540B78"/>
     <w:rsid w:val="0055017E"/>
     <w:rsid w:val="00550E09"/>
     <w:rsid w:val="0055350E"/>
     <w:rsid w:val="00554AB7"/>
     <w:rsid w:val="00554C62"/>
     <w:rsid w:val="0055616B"/>
     <w:rsid w:val="00561DA8"/>
     <w:rsid w:val="00575183"/>
     <w:rsid w:val="00580156"/>
     <w:rsid w:val="00585DDF"/>
-    <w:rsid w:val="00590C28"/>
     <w:rsid w:val="00594787"/>
     <w:rsid w:val="005A0139"/>
     <w:rsid w:val="005A0565"/>
     <w:rsid w:val="005A0AF4"/>
     <w:rsid w:val="005A33A0"/>
     <w:rsid w:val="005B2DC2"/>
     <w:rsid w:val="005B330B"/>
     <w:rsid w:val="005B6B03"/>
+    <w:rsid w:val="005C2696"/>
     <w:rsid w:val="005C5DEA"/>
     <w:rsid w:val="005D7FDD"/>
+    <w:rsid w:val="005E2A1F"/>
+    <w:rsid w:val="005E3BA0"/>
     <w:rsid w:val="005F4C73"/>
     <w:rsid w:val="005F5648"/>
+    <w:rsid w:val="00611AD2"/>
     <w:rsid w:val="00627E98"/>
     <w:rsid w:val="00633E22"/>
     <w:rsid w:val="00635C86"/>
     <w:rsid w:val="006407FE"/>
     <w:rsid w:val="00642154"/>
     <w:rsid w:val="00646AFA"/>
     <w:rsid w:val="0065018B"/>
     <w:rsid w:val="0065668A"/>
     <w:rsid w:val="00676318"/>
     <w:rsid w:val="006839B2"/>
     <w:rsid w:val="00686604"/>
     <w:rsid w:val="006924D8"/>
     <w:rsid w:val="00695851"/>
     <w:rsid w:val="006A0DFB"/>
     <w:rsid w:val="006D21DA"/>
     <w:rsid w:val="006D3898"/>
     <w:rsid w:val="006D7F56"/>
     <w:rsid w:val="006E0D0E"/>
     <w:rsid w:val="006F1253"/>
     <w:rsid w:val="006F1CF1"/>
     <w:rsid w:val="007122BE"/>
     <w:rsid w:val="007340C9"/>
     <w:rsid w:val="007342FF"/>
     <w:rsid w:val="007416AF"/>
     <w:rsid w:val="00744F46"/>
     <w:rsid w:val="00756C41"/>
     <w:rsid w:val="00765A18"/>
     <w:rsid w:val="00772E62"/>
     <w:rsid w:val="007733BC"/>
     <w:rsid w:val="0077404B"/>
     <w:rsid w:val="00774E24"/>
     <w:rsid w:val="00776B65"/>
     <w:rsid w:val="00777671"/>
     <w:rsid w:val="00787139"/>
     <w:rsid w:val="0079040B"/>
     <w:rsid w:val="007A669A"/>
     <w:rsid w:val="007B02DA"/>
     <w:rsid w:val="007D40BF"/>
     <w:rsid w:val="007E4239"/>
     <w:rsid w:val="007F391E"/>
     <w:rsid w:val="00801592"/>
     <w:rsid w:val="0081469E"/>
     <w:rsid w:val="00814868"/>
     <w:rsid w:val="008160C6"/>
     <w:rsid w:val="00830E5F"/>
     <w:rsid w:val="00830EA0"/>
     <w:rsid w:val="00832CB2"/>
     <w:rsid w:val="00836C3A"/>
     <w:rsid w:val="00840EA0"/>
     <w:rsid w:val="00855319"/>
+    <w:rsid w:val="00863A82"/>
     <w:rsid w:val="00866191"/>
     <w:rsid w:val="00874EDD"/>
+    <w:rsid w:val="00877EAF"/>
     <w:rsid w:val="00884A8C"/>
     <w:rsid w:val="00890637"/>
     <w:rsid w:val="00891850"/>
     <w:rsid w:val="00896A75"/>
     <w:rsid w:val="00897B68"/>
     <w:rsid w:val="008A26EA"/>
     <w:rsid w:val="008B67DD"/>
+    <w:rsid w:val="008B6E6F"/>
     <w:rsid w:val="008B754C"/>
     <w:rsid w:val="008C3016"/>
     <w:rsid w:val="008C62DB"/>
-    <w:rsid w:val="008E33F5"/>
     <w:rsid w:val="008F01D4"/>
     <w:rsid w:val="00913247"/>
     <w:rsid w:val="00917917"/>
     <w:rsid w:val="009210C4"/>
     <w:rsid w:val="00921BD0"/>
     <w:rsid w:val="0092342E"/>
     <w:rsid w:val="00927183"/>
+    <w:rsid w:val="009328CE"/>
     <w:rsid w:val="00936ADE"/>
     <w:rsid w:val="009411D8"/>
     <w:rsid w:val="00950F78"/>
     <w:rsid w:val="009545B3"/>
     <w:rsid w:val="00956150"/>
     <w:rsid w:val="009663F1"/>
     <w:rsid w:val="00967F6D"/>
+    <w:rsid w:val="0097350C"/>
     <w:rsid w:val="00980213"/>
     <w:rsid w:val="00982561"/>
     <w:rsid w:val="009842DA"/>
+    <w:rsid w:val="009915A0"/>
     <w:rsid w:val="00991E3C"/>
     <w:rsid w:val="009A496D"/>
     <w:rsid w:val="009B1560"/>
     <w:rsid w:val="009B2198"/>
     <w:rsid w:val="009C2E47"/>
     <w:rsid w:val="009C4646"/>
     <w:rsid w:val="009C5BA6"/>
     <w:rsid w:val="009D4690"/>
     <w:rsid w:val="009E4074"/>
     <w:rsid w:val="009E5B19"/>
     <w:rsid w:val="009E6174"/>
     <w:rsid w:val="009E6703"/>
     <w:rsid w:val="00A02B7A"/>
     <w:rsid w:val="00A035CB"/>
     <w:rsid w:val="00A1387C"/>
     <w:rsid w:val="00A2310B"/>
     <w:rsid w:val="00A23D7C"/>
+    <w:rsid w:val="00A26CE5"/>
     <w:rsid w:val="00A34F52"/>
     <w:rsid w:val="00A506FF"/>
     <w:rsid w:val="00A70EFB"/>
     <w:rsid w:val="00A74DA3"/>
     <w:rsid w:val="00A74EA2"/>
     <w:rsid w:val="00A74ED9"/>
     <w:rsid w:val="00A91360"/>
     <w:rsid w:val="00A92584"/>
     <w:rsid w:val="00A957F5"/>
     <w:rsid w:val="00A96466"/>
     <w:rsid w:val="00AA2148"/>
     <w:rsid w:val="00AD007E"/>
     <w:rsid w:val="00AD4979"/>
     <w:rsid w:val="00AE134E"/>
+    <w:rsid w:val="00AE3FA6"/>
     <w:rsid w:val="00AE58D0"/>
     <w:rsid w:val="00AE7A3B"/>
     <w:rsid w:val="00AF42E8"/>
     <w:rsid w:val="00AF63C9"/>
+    <w:rsid w:val="00B07BDB"/>
     <w:rsid w:val="00B10117"/>
     <w:rsid w:val="00B13E32"/>
+    <w:rsid w:val="00B26024"/>
     <w:rsid w:val="00B27B43"/>
     <w:rsid w:val="00B3740C"/>
     <w:rsid w:val="00B44901"/>
     <w:rsid w:val="00B46F9F"/>
     <w:rsid w:val="00B60E6B"/>
     <w:rsid w:val="00B62CF0"/>
     <w:rsid w:val="00B64C57"/>
     <w:rsid w:val="00B6562D"/>
     <w:rsid w:val="00B6650D"/>
     <w:rsid w:val="00B70102"/>
     <w:rsid w:val="00B70868"/>
     <w:rsid w:val="00B80B19"/>
     <w:rsid w:val="00B84C98"/>
     <w:rsid w:val="00B93677"/>
     <w:rsid w:val="00BA16B7"/>
+    <w:rsid w:val="00BA23D8"/>
     <w:rsid w:val="00BA48C5"/>
     <w:rsid w:val="00BA4F9D"/>
     <w:rsid w:val="00BB3494"/>
     <w:rsid w:val="00BB40B6"/>
     <w:rsid w:val="00BC0F98"/>
     <w:rsid w:val="00BC6D80"/>
+    <w:rsid w:val="00BD3474"/>
     <w:rsid w:val="00BD59FA"/>
     <w:rsid w:val="00BD64AE"/>
+    <w:rsid w:val="00BE2178"/>
+    <w:rsid w:val="00C00C49"/>
     <w:rsid w:val="00C01C32"/>
     <w:rsid w:val="00C055C2"/>
     <w:rsid w:val="00C174F3"/>
     <w:rsid w:val="00C24A40"/>
     <w:rsid w:val="00C35BB4"/>
     <w:rsid w:val="00C36C6B"/>
     <w:rsid w:val="00C4132D"/>
     <w:rsid w:val="00C43D2C"/>
     <w:rsid w:val="00C50961"/>
     <w:rsid w:val="00C543E8"/>
-    <w:rsid w:val="00C546AE"/>
     <w:rsid w:val="00C622F4"/>
     <w:rsid w:val="00C6304F"/>
+    <w:rsid w:val="00C64501"/>
     <w:rsid w:val="00C675DA"/>
     <w:rsid w:val="00C7133F"/>
     <w:rsid w:val="00C71F86"/>
     <w:rsid w:val="00C77316"/>
     <w:rsid w:val="00CA5369"/>
     <w:rsid w:val="00CA7699"/>
     <w:rsid w:val="00CB0628"/>
     <w:rsid w:val="00CB4DED"/>
     <w:rsid w:val="00CB6BC4"/>
     <w:rsid w:val="00CC1289"/>
     <w:rsid w:val="00CC5BD8"/>
     <w:rsid w:val="00CD0BA9"/>
     <w:rsid w:val="00CD6CCB"/>
     <w:rsid w:val="00CD759B"/>
     <w:rsid w:val="00CD7AD1"/>
     <w:rsid w:val="00CE1A4D"/>
     <w:rsid w:val="00CE1BF1"/>
     <w:rsid w:val="00D0477F"/>
     <w:rsid w:val="00D219A3"/>
     <w:rsid w:val="00D2558D"/>
     <w:rsid w:val="00D25CF7"/>
+    <w:rsid w:val="00D41934"/>
     <w:rsid w:val="00D42B77"/>
     <w:rsid w:val="00D54A40"/>
     <w:rsid w:val="00D848DC"/>
     <w:rsid w:val="00D85F94"/>
     <w:rsid w:val="00D929DE"/>
     <w:rsid w:val="00D956F4"/>
     <w:rsid w:val="00DB36A9"/>
     <w:rsid w:val="00DB41CC"/>
     <w:rsid w:val="00DB621C"/>
     <w:rsid w:val="00DC46E9"/>
     <w:rsid w:val="00DC61DE"/>
     <w:rsid w:val="00DC79CB"/>
     <w:rsid w:val="00DE3E83"/>
     <w:rsid w:val="00DE797F"/>
     <w:rsid w:val="00DF0AB7"/>
     <w:rsid w:val="00DF3E44"/>
+    <w:rsid w:val="00E02125"/>
+    <w:rsid w:val="00E03B00"/>
     <w:rsid w:val="00E14DC5"/>
     <w:rsid w:val="00E325E9"/>
     <w:rsid w:val="00E37E67"/>
     <w:rsid w:val="00E41C05"/>
     <w:rsid w:val="00E4284B"/>
     <w:rsid w:val="00E56893"/>
     <w:rsid w:val="00E66F49"/>
     <w:rsid w:val="00E7040C"/>
     <w:rsid w:val="00E75AD9"/>
     <w:rsid w:val="00E87785"/>
     <w:rsid w:val="00E92D9D"/>
     <w:rsid w:val="00E92F38"/>
     <w:rsid w:val="00EA165C"/>
     <w:rsid w:val="00EA5E41"/>
     <w:rsid w:val="00EB348B"/>
     <w:rsid w:val="00EC06B8"/>
     <w:rsid w:val="00EC14D2"/>
     <w:rsid w:val="00EC350D"/>
+    <w:rsid w:val="00EC6A82"/>
     <w:rsid w:val="00ED28E2"/>
     <w:rsid w:val="00EE20CD"/>
     <w:rsid w:val="00EF152D"/>
     <w:rsid w:val="00EF77A6"/>
     <w:rsid w:val="00F016AE"/>
     <w:rsid w:val="00F04D36"/>
+    <w:rsid w:val="00F13856"/>
     <w:rsid w:val="00F262A0"/>
     <w:rsid w:val="00F319BA"/>
     <w:rsid w:val="00F3480C"/>
     <w:rsid w:val="00F378D7"/>
     <w:rsid w:val="00F41DB3"/>
     <w:rsid w:val="00F42A7E"/>
     <w:rsid w:val="00F45948"/>
     <w:rsid w:val="00F53DC9"/>
     <w:rsid w:val="00F544D5"/>
     <w:rsid w:val="00F56410"/>
     <w:rsid w:val="00F61364"/>
     <w:rsid w:val="00F63405"/>
     <w:rsid w:val="00F64C88"/>
     <w:rsid w:val="00F65094"/>
     <w:rsid w:val="00F67561"/>
     <w:rsid w:val="00F703BF"/>
     <w:rsid w:val="00F77E2A"/>
     <w:rsid w:val="00F926D7"/>
     <w:rsid w:val="00F976C1"/>
     <w:rsid w:val="00FA23F0"/>
     <w:rsid w:val="00FD4124"/>
     <w:rsid w:val="00FE7043"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0B56F9E3"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{ED8E44F9-6318-49C1-9455-58861E9FFD95}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:kern w:val="2"/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7816,50 +10071,52 @@
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zusatztitel">
     <w:name w:val="Zusatztitel"/>
     <w:basedOn w:val="Titel"/>
     <w:next w:val="Standard"/>
     <w:rsid w:val="00801592"/>
     <w:pPr>
       <w:spacing w:before="360" w:after="360"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Fuzeile">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Standard"/>
+    <w:link w:val="FuzeileZchn"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00423C0C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Seitenzahl">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:rsid w:val="00F77E2A"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kopfzeile">
     <w:name w:val="header"/>
     <w:basedOn w:val="Standard"/>
     <w:rsid w:val="00423C0C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
@@ -8099,53 +10356,50 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
           <w:tl2br w:val="nil"/>
           <w:tr2bl w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="TabelleEinfach2">
     <w:name w:val="Table Simple 2"/>
     <w:aliases w:val="Rahmen"/>
     <w:basedOn w:val="TabelleEinfach1"/>
     <w:rsid w:val="001D2130"/>
     <w:tblPr/>
-    <w:tcPr>
-[...1 lines deleted...]
-    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="808080"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
           <w:tl2br w:val="nil"/>
           <w:tr2bl w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -9335,55 +11589,69 @@
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="IntensivesZitat"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="00F04D36"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntensiverVerweis">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="00F04D36"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
+    <w:name w:val="Fußzeile Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Fuzeile"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00863A82"/>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="de-DE"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="5058764">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1457094011">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="115"/>
           <w:marBottom w:val="230"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -9487,51 +11755,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="46807150">
           <w:marLeft w:val="317"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="230"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:limmatstafette@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa-Design">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10019,70 +12287,108 @@
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="a9715436-75b1-4fec-b793-c4a6912dcea6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{4bad0d50-9cbb-471c-bae7-38b20ec0f1f9}" enabled="1" method="Standard" siteId="{35aa8c5b-ac0a-4b15-9788-ff6dfa22901f}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>654</Words>
-  <Characters>4123</Characters>
+  <Words>486</Words>
+  <Characters>3062</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4768</CharactersWithSpaces>
+  <CharactersWithSpaces>3541</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Krasniqi, Bledar-GMZ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ClassificationContentMarkingFooterShapeIds">
+    <vt:lpwstr>5e11274c,608a2f7a,79187ae4</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ClassificationContentMarkingFooterFontProps">
+    <vt:lpwstr>#000000,10,Calibri</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingFooterText">
+    <vt:lpwstr>Public</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_db751b4c-c467-4550-ac1b-e92e2f595179_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_db751b4c-c467-4550-ac1b-e92e2f595179_SetDate">
+    <vt:lpwstr>2025-11-17T08:05:40Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_db751b4c-c467-4550-ac1b-e92e2f595179_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_db751b4c-c467-4550-ac1b-e92e2f595179_Name">
+    <vt:lpwstr>db751b4c-c467-4550-ac1b-e92e2f595179</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_db751b4c-c467-4550-ac1b-e92e2f595179_SiteId">
+    <vt:lpwstr>aec5e473-aab4-48fb-860e-19c845dda1c6</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_db751b4c-c467-4550-ac1b-e92e2f595179_ActionId">
+    <vt:lpwstr>1f54c0ab-05ec-4b4d-9cc0-21adb41bd258</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_db751b4c-c467-4550-ac1b-e92e2f595179_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_db751b4c-c467-4550-ac1b-e92e2f595179_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>